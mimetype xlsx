--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Referencias DECV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3317">
   <si>
     <t>DIPLOMA ERMITAS COMUNIDAD VALENCIANA - DECV</t>
   </si>
   <si>
     <t>NOMENCLATOR</t>
   </si>
   <si>
     <t>1.266 REFERENCIAS</t>
   </si>
   <si>
-    <t>20-10-2025 22:50</t>
+    <t>06-12-2025 03:19</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>NOMBRE ERMITA</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>ACTIVADA</t>
   </si>
   <si>
     <t>EA-001</t>
   </si>
   <si>
     <t>SANTA MAGDALENA</t>
   </si>
@@ -1124,51 +1124,51 @@
   <si>
     <t>EA-111</t>
   </si>
   <si>
     <t>SAN ROQUE DE BENIMAGRELL</t>
   </si>
   <si>
     <t>SAN JOAN DE ALACANT (BENIMAGRELL) ( 38.392879  -0.431114 )</t>
   </si>
   <si>
     <t>EA-112</t>
   </si>
   <si>
     <t>CALVARIO</t>
   </si>
   <si>
     <t>SAN JOAN DE ALACANT ( 38.402051  -0.447373 )</t>
   </si>
   <si>
     <t>EA-113</t>
   </si>
   <si>
     <t>VIRGEN DEL LORETO</t>
   </si>
   <si>
-    <t>SAN JOAN DE ALACANT  ( 38.392619  -0.438814 )</t>
+    <t>SAN JOAN DE ALACANT  ( 38.392601  -0.438822 )</t>
   </si>
   <si>
     <t>EA-114</t>
   </si>
   <si>
     <t>SAN PASCUAL</t>
   </si>
   <si>
     <t>ELX  ( 38.271739  -0.718820 )</t>
   </si>
   <si>
     <t>03065</t>
   </si>
   <si>
     <t>EA-115</t>
   </si>
   <si>
     <t>MUTXAMEL ( 38.413414  -0.447776 )</t>
   </si>
   <si>
     <t>03090</t>
   </si>
   <si>
     <t>EA-116</t>
   </si>
@@ -7568,56 +7568,62 @@
   <si>
     <t>EV-150</t>
   </si>
   <si>
     <t>BONREPOS I MIRAMBELL ( 39.518991  -0.370274 )</t>
   </si>
   <si>
     <t>EV-151</t>
   </si>
   <si>
     <t>SAN LUIS BERTRAN</t>
   </si>
   <si>
     <t>BUÃOL ( 39.419162 -0.798106 )</t>
   </si>
   <si>
     <t>EV-152</t>
   </si>
   <si>
     <t>BURJASOT  ( 39.509440 -0.412172 )</t>
   </si>
   <si>
     <t>EV-154</t>
   </si>
   <si>
+    <t>VIRGEN DE LA CUEVA SANTA ( NO ACTIVAR, ES HORNACINA NO ERMITA )</t>
+  </si>
+  <si>
     <t>CHESTE ( 39.491103 -0.687471 )</t>
   </si>
   <si>
     <t>EV-155</t>
   </si>
   <si>
+    <t>SAN JOSE ( NO ACTIVAR )</t>
+  </si>
+  <si>
     <t>ALCOTAS - CALLES ( 39.820784  -0.917891 )</t>
   </si>
   <si>
     <t>EV-156</t>
   </si>
   <si>
     <t>EL RACO</t>
   </si>
   <si>
     <t>BOCAIRENT ( 38.756388  -0.639289 )</t>
   </si>
   <si>
     <t>EV-157</t>
   </si>
   <si>
     <t>CAMPORROBLES ( 39.641202  -1.408497 )</t>
   </si>
   <si>
     <t>EV-158</t>
   </si>
   <si>
     <t>LOBERUELA - CAMPORROBLES- ( 39.670744  -1.336252 )</t>
   </si>
   <si>
     <t>EV-159</t>
@@ -7826,54 +7832,51 @@
   <si>
     <t>EV-188</t>
   </si>
   <si>
     <t>NTRA. SRA. DE LA PRESENTACION</t>
   </si>
   <si>
     <t>CHELVA( 39.726810  -1.062533 )</t>
   </si>
   <si>
     <t>EV-189</t>
   </si>
   <si>
     <t>CHELVA ( 39.754503  -0.994208 )</t>
   </si>
   <si>
     <t>EV-190</t>
   </si>
   <si>
     <t>CHELVA ( 39.753344  -0.995167 )</t>
   </si>
   <si>
     <t>EV-191</t>
   </si>
   <si>
-    <t xml:space="preserve">SAN JOSÃ </t>
-[...2 lines deleted...]
-    <t>CALLES ( 39.820826  -0.917880 )</t>
+    <t>CALLE  (39.820826 -0.917880)</t>
   </si>
   <si>
     <t>EV-192</t>
   </si>
   <si>
     <t>NTRA. SRA. DE LA MISERICORDIA</t>
   </si>
   <si>
     <t>CHELVA(VILLAR DE TEJAS) ( 39.631979  -1.087808 )</t>
   </si>
   <si>
     <t>EV-193</t>
   </si>
   <si>
     <t>CHELVA(AHILLAS) ( 39.820006  -0.975190 )</t>
   </si>
   <si>
     <t>EV-195</t>
   </si>
   <si>
     <t>VIRGEN DE LA SOLEDAD GLORIOSA</t>
   </si>
   <si>
     <t>CHESTE ( 39.496447  -0.685436 )</t>
   </si>
@@ -9039,53 +9042,50 @@
     <t>EV-361</t>
   </si>
   <si>
     <t>TORRENT  ( 39.437870  -0.468774 )</t>
   </si>
   <si>
     <t>EV-362</t>
   </si>
   <si>
     <t>GUILELLA</t>
   </si>
   <si>
     <t>BOCAIRENT  ( 38.723518  -0.612530 )</t>
   </si>
   <si>
     <t>EV-363</t>
   </si>
   <si>
     <t>MARIOLA</t>
   </si>
   <si>
     <t>BOCAIRENT  ( 38.745522  -0.537661 )</t>
   </si>
   <si>
     <t>EV-365</t>
-  </si>
-[...1 lines deleted...]
-    <t>CHELVA ( MAS ALIAGA ) ( 39.826930  -0.931908 )</t>
   </si>
   <si>
     <t>EV-366</t>
   </si>
   <si>
     <t>CORTES DE PALLAS (LA CABEZUELA) ( 39.319287  -1.040412 )</t>
   </si>
   <si>
     <t>EV-367</t>
   </si>
   <si>
     <t>DE LA INMACULADA O BIXQUERT</t>
   </si>
   <si>
     <t>XATIVA ( 38.981476  -0.505366 )</t>
   </si>
   <si>
     <t>EV-368</t>
   </si>
   <si>
     <t>INMACULADA  CONCEPCIÃN ( NO ACTIVAR,RUINAS)</t>
   </si>
   <si>
     <t>MOIXENT  ( 38.836331  -0.803679 )</t>
   </si>
@@ -11121,51 +11121,53 @@
       </c>
       <c r="D36" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="F37" s="7"/>
+      <c r="F37" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>122</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
         <v>124</v>
       </c>
@@ -11517,51 +11519,53 @@
         <v>182</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>184</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="F57" s="7"/>
+      <c r="F57" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>187</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>188</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>189</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
         <v>190</v>
       </c>
@@ -15165,51 +15169,53 @@
       </c>
       <c r="D244" s="6" t="s">
         <v>335</v>
       </c>
       <c r="E244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="7"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
         <v>731</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>457</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>732</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E245" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="F245" s="7"/>
+      <c r="F245" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
         <v>733</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>734</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>735</v>
       </c>
       <c r="E246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="7"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
         <v>736</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>170</v>
@@ -21251,51 +21257,53 @@
         <v>12089</v>
       </c>
       <c r="E565" s="5" t="s">
         <v>1381</v>
       </c>
       <c r="F565" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="4" t="s">
         <v>1584</v>
       </c>
       <c r="B566" s="5" t="s">
         <v>1392</v>
       </c>
       <c r="C566" s="5" t="s">
         <v>1585</v>
       </c>
       <c r="D566" s="6">
         <v>12090</v>
       </c>
       <c r="E566" s="5" t="s">
         <v>1381</v>
       </c>
-      <c r="F566" s="7"/>
+      <c r="F566" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="4" t="s">
         <v>1586</v>
       </c>
       <c r="B567" s="5" t="s">
         <v>1587</v>
       </c>
       <c r="C567" s="5" t="s">
         <v>1588</v>
       </c>
       <c r="D567" s="6">
         <v>12091</v>
       </c>
       <c r="E567" s="5" t="s">
         <v>1381</v>
       </c>
       <c r="F567" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="4" t="s">
         <v>1589</v>
       </c>
@@ -28306,3854 +28314,3850 @@
     <row r="945" spans="1:6">
       <c r="A945" s="4" t="s">
         <v>2515</v>
       </c>
       <c r="B945" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C945" s="5" t="s">
         <v>2516</v>
       </c>
       <c r="D945" s="6">
         <v>46078</v>
       </c>
       <c r="E945" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F945" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="4" t="s">
         <v>2517</v>
       </c>
       <c r="B946" s="5" t="s">
-        <v>1797</v>
+        <v>2518</v>
       </c>
       <c r="C946" s="5" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="D946" s="6">
         <v>46109</v>
       </c>
       <c r="E946" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F946" s="7"/>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="4" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="B947" s="5" t="s">
-        <v>48</v>
+        <v>2521</v>
       </c>
       <c r="C947" s="5" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="D947" s="6">
         <v>46079</v>
       </c>
       <c r="E947" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F947" s="7"/>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="4" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="B948" s="5" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="C948" s="5" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="D948" s="6">
         <v>46072</v>
       </c>
       <c r="E948" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F948" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="4" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="B949" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C949" s="5" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="D949" s="6">
         <v>46080</v>
       </c>
       <c r="E949" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F949" s="7"/>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="4" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="B950" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C950" s="5" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="D950" s="6">
         <v>46080</v>
       </c>
       <c r="E950" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F950" s="7"/>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="4" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="B951" s="5" t="s">
         <v>247</v>
       </c>
       <c r="C951" s="5" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="D951" s="6">
         <v>46081</v>
       </c>
       <c r="E951" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F951" s="7"/>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="4" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="B952" s="5" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="C952" s="5" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="D952" s="6">
         <v>46081</v>
       </c>
       <c r="E952" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F952" s="7"/>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="4" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="B953" s="5" t="s">
-        <v>2534</v>
+        <v>2536</v>
       </c>
       <c r="C953" s="5" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="D953" s="6">
         <v>46083</v>
       </c>
       <c r="E953" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F953" s="7"/>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="4" t="s">
-        <v>2536</v>
+        <v>2538</v>
       </c>
       <c r="B954" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C954" s="5" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
       <c r="D954" s="6">
         <v>46083</v>
       </c>
       <c r="E954" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F954" s="7"/>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="4" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="B955" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C955" s="5" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="D955" s="6">
         <v>46038</v>
       </c>
       <c r="E955" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F955" s="7"/>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="4" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="B956" s="5" t="s">
-        <v>2541</v>
+        <v>2543</v>
       </c>
       <c r="C956" s="5" t="s">
-        <v>2542</v>
+        <v>2544</v>
       </c>
       <c r="D956" s="6">
         <v>46030</v>
       </c>
       <c r="E956" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F956" s="7"/>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="4" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="B957" s="5" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="C957" s="5" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="D957" s="6">
         <v>46072</v>
       </c>
       <c r="E957" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F957" s="7"/>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="4" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
       <c r="B958" s="5" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="C958" s="5" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="D958" s="6">
         <v>46009</v>
       </c>
       <c r="E958" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F958" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="4" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="B959" s="5" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="C959" s="5" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="D959" s="6">
         <v>46086</v>
       </c>
       <c r="E959" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F959" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="4" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="B960" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C960" s="5" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="D960" s="6">
         <v>46017</v>
       </c>
       <c r="E960" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F960" s="7"/>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="4" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="B961" s="5" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="C961" s="5" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="D961" s="6">
         <v>46090</v>
       </c>
       <c r="E961" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F961" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="4" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="B962" s="5" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="C962" s="5" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="D962" s="6">
         <v>46097</v>
       </c>
       <c r="E962" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F962" s="7"/>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="4" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="B963" s="5" t="s">
         <v>177</v>
       </c>
       <c r="C963" s="5" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="D963" s="6">
         <v>46098</v>
       </c>
       <c r="E963" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F963" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="4" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="B964" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C964" s="5" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="D964" s="6">
         <v>46099</v>
       </c>
       <c r="E964" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F964" s="7"/>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="4" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="B965" s="5" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="C965" s="5" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="D965" s="6">
         <v>46099</v>
       </c>
       <c r="E965" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F965" s="7"/>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="4" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="B966" s="5" t="s">
         <v>1715</v>
       </c>
       <c r="C966" s="5" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="D966" s="6">
         <v>46104</v>
       </c>
       <c r="E966" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F966" s="7"/>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="4" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="B967" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C967" s="5" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="D967" s="6">
         <v>46104</v>
       </c>
       <c r="E967" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F967" s="7"/>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="4" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="B968" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C968" s="5" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="D968" s="6">
         <v>46105</v>
       </c>
       <c r="E968" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F968" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="4" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="B969" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C969" s="5" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="D969" s="6">
         <v>46105</v>
       </c>
       <c r="E969" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F969" s="7"/>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="4" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="B970" s="5" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="C970" s="5" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="D970" s="6">
         <v>46105</v>
       </c>
       <c r="E970" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F970" s="7"/>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="4" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="B971" s="5" t="s">
         <v>278</v>
       </c>
       <c r="C971" s="5" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="D971" s="6">
         <v>46105</v>
       </c>
       <c r="E971" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F971" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="4" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="B972" s="5" t="s">
         <v>1128</v>
       </c>
       <c r="C972" s="5" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="D972" s="6">
         <v>46105</v>
       </c>
       <c r="E972" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F972" s="7"/>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="4" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="B973" s="5" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="C973" s="5" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="D973" s="6">
         <v>46105</v>
       </c>
       <c r="E973" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F973" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="4" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="B974" s="5" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="C974" s="5" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="D974" s="6">
         <v>46105</v>
       </c>
       <c r="E974" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F974" s="7"/>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="4" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="B975" s="5" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="C975" s="5" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="D975" s="6">
         <v>46105</v>
       </c>
       <c r="E975" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F975" s="7"/>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="4" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="B976" s="5" t="s">
         <v>507</v>
       </c>
       <c r="C976" s="5" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="D976" s="6">
         <v>46106</v>
       </c>
       <c r="E976" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F976" s="7"/>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="4" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="B977" s="5" t="s">
         <v>1685</v>
       </c>
       <c r="C977" s="5" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="D977" s="6">
         <v>46106</v>
       </c>
       <c r="E977" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F977" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="4" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="B978" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C978" s="5" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="D978" s="6">
         <v>46106</v>
       </c>
       <c r="E978" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F978" s="7"/>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="4" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="B979" s="5" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="C979" s="5" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="D979" s="6">
         <v>46106</v>
       </c>
       <c r="E979" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F979" s="7"/>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="4" t="s">
-        <v>2599</v>
+        <v>2601</v>
       </c>
       <c r="B980" s="5" t="s">
         <v>493</v>
       </c>
       <c r="C980" s="5" t="s">
-        <v>2600</v>
+        <v>2602</v>
       </c>
       <c r="D980" s="6">
         <v>46106</v>
       </c>
       <c r="E980" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F980" s="7"/>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="4" t="s">
-        <v>2601</v>
+        <v>2603</v>
       </c>
       <c r="B981" s="5" t="s">
         <v>212</v>
       </c>
       <c r="C981" s="5" t="s">
-        <v>2602</v>
+        <v>2604</v>
       </c>
       <c r="D981" s="6">
         <v>46106</v>
       </c>
       <c r="E981" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F981" s="7"/>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="4" t="s">
-        <v>2603</v>
+        <v>2605</v>
       </c>
       <c r="B982" s="5" t="s">
-        <v>2604</v>
+        <v>2521</v>
       </c>
       <c r="C982" s="5" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="D982" s="6">
-        <v>46079</v>
+        <v>46179</v>
       </c>
       <c r="E982" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F982" s="7"/>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="4" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="B983" s="5" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="C983" s="5" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="D983" s="6">
         <v>46106</v>
       </c>
       <c r="E983" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F983" s="7"/>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="4" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B984" s="5" t="s">
         <v>643</v>
       </c>
       <c r="C984" s="5" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="D984" s="6">
         <v>46106</v>
       </c>
       <c r="E984" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F984" s="7"/>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="4" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="B985" s="5" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="C985" s="5" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="D985" s="6">
         <v>46109</v>
       </c>
       <c r="E985" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F985" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="4" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="B986" s="5" t="s">
         <v>187</v>
       </c>
       <c r="C986" s="5" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="D986" s="6">
         <v>46110</v>
       </c>
       <c r="E986" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F986" s="7"/>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="4" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="B987" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="C987" s="5" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="D987" s="6">
         <v>46111</v>
       </c>
       <c r="E987" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F987" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="4" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="B988" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C988" s="5" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="D988" s="6">
         <v>46112</v>
       </c>
       <c r="E988" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F988" s="7"/>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="4" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B989" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C989" s="5" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="D989" s="6">
         <v>46112</v>
       </c>
       <c r="E989" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F989" s="7"/>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="4" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B990" s="5" t="s">
         <v>480</v>
       </c>
       <c r="C990" s="5" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="D990" s="6">
         <v>46252</v>
       </c>
       <c r="E990" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F990" s="7"/>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="4" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="B991" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C991" s="5" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="D991" s="6">
         <v>46204</v>
       </c>
       <c r="E991" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F991" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" s="4" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="B992" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C992" s="5" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="D992" s="6">
         <v>46117</v>
       </c>
       <c r="E992" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F992" s="7"/>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" s="4" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B993" s="5" t="s">
         <v>480</v>
       </c>
       <c r="C993" s="5" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="D993" s="6">
         <v>46118</v>
       </c>
       <c r="E993" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F993" s="7"/>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" s="4" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="B994" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C994" s="5" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="D994" s="6">
         <v>46118</v>
       </c>
       <c r="E994" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F994" s="7"/>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" s="4" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B995" s="5" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="C995" s="5" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="D995" s="6">
         <v>46184</v>
       </c>
       <c r="E995" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F995" s="7"/>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" s="4" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="B996" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C996" s="5" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="D996" s="6">
         <v>46119</v>
       </c>
       <c r="E996" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F996" s="7"/>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" s="4" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="B997" s="5" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="C997" s="5" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="D997" s="6">
         <v>46119</v>
       </c>
       <c r="E997" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F997" s="7"/>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" s="4" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="B998" s="5" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="C998" s="5" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="D998" s="6">
         <v>46120</v>
       </c>
       <c r="E998" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F998" s="7"/>
     </row>
     <row r="999" spans="1:6">
       <c r="A999" s="4" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="B999" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C999" s="5" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="D999" s="6">
         <v>46120</v>
       </c>
       <c r="E999" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F999" s="7"/>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000" s="4" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="B1000" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1000" s="5" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="D1000" s="6">
         <v>46122</v>
       </c>
       <c r="E1000" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1000" s="7"/>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001" s="4" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="B1001" s="5" t="s">
         <v>660</v>
       </c>
       <c r="C1001" s="5" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="D1001" s="6">
         <v>46123</v>
       </c>
       <c r="E1001" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1001" s="7"/>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002" s="4" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="B1002" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1002" s="5" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="D1002" s="6">
         <v>46128</v>
       </c>
       <c r="E1002" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1002" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003" s="4" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="B1003" s="5" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="C1003" s="5" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="D1003" s="6">
         <v>46126</v>
       </c>
       <c r="E1003" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="F1003" s="7"/>
+      <c r="F1003" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004" s="4" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="B1004" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C1004" s="5" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="D1004" s="6">
         <v>46037</v>
       </c>
       <c r="E1004" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1004" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005" s="4" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="B1005" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C1005" s="5" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="D1005" s="6">
         <v>46127</v>
       </c>
       <c r="E1005" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1005" s="7"/>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006" s="4" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="B1006" s="5" t="s">
-        <v>2659</v>
+        <v>2660</v>
       </c>
       <c r="C1006" s="5" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="D1006" s="6">
         <v>46129</v>
       </c>
       <c r="E1006" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1006" s="7"/>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007" s="4" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
       <c r="B1007" s="5" t="s">
-        <v>2662</v>
+        <v>2663</v>
       </c>
       <c r="C1007" s="5" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="D1007" s="6">
         <v>46131</v>
       </c>
       <c r="E1007" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1007" s="7"/>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" s="4" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="B1008" s="5" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
       <c r="C1008" s="5" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="D1008" s="6">
         <v>46132</v>
       </c>
       <c r="E1008" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1008" s="7"/>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" s="4" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
       <c r="B1009" s="5" t="s">
         <v>2178</v>
       </c>
       <c r="C1009" s="5" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="D1009" s="6">
         <v>46132</v>
       </c>
       <c r="E1009" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1009" s="7"/>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" s="4" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
       <c r="B1010" s="5" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="C1010" s="5" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="D1010" s="6">
         <v>46133</v>
       </c>
       <c r="E1010" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1010" s="7"/>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011" s="4" t="s">
-        <v>2672</v>
+        <v>2673</v>
       </c>
       <c r="B1011" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C1011" s="5" t="s">
-        <v>2673</v>
+        <v>2674</v>
       </c>
       <c r="D1011" s="6">
         <v>46134</v>
       </c>
       <c r="E1011" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1011" s="7"/>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012" s="4" t="s">
-        <v>2674</v>
+        <v>2675</v>
       </c>
       <c r="B1012" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C1012" s="5" t="s">
-        <v>2675</v>
+        <v>2676</v>
       </c>
       <c r="D1012" s="6">
         <v>46134</v>
       </c>
       <c r="E1012" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1012" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013" s="4" t="s">
-        <v>2676</v>
+        <v>2677</v>
       </c>
       <c r="B1013" s="5" t="s">
-        <v>2677</v>
+        <v>2678</v>
       </c>
       <c r="C1013" s="5" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
       <c r="D1013" s="6">
         <v>46138</v>
       </c>
       <c r="E1013" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1013" s="7"/>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014" s="4" t="s">
-        <v>2679</v>
+        <v>2680</v>
       </c>
       <c r="B1014" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1014" s="5" t="s">
-        <v>2680</v>
+        <v>2681</v>
       </c>
       <c r="D1014" s="6">
         <v>46139</v>
       </c>
       <c r="E1014" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1014" s="7"/>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015" s="4" t="s">
-        <v>2681</v>
+        <v>2682</v>
       </c>
       <c r="B1015" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C1015" s="5" t="s">
-        <v>2682</v>
+        <v>2683</v>
       </c>
       <c r="D1015" s="6">
         <v>46142</v>
       </c>
       <c r="E1015" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1015" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016" s="4" t="s">
-        <v>2683</v>
+        <v>2684</v>
       </c>
       <c r="B1016" s="5" t="s">
         <v>2403</v>
       </c>
       <c r="C1016" s="5" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
       <c r="D1016" s="6">
         <v>46143</v>
       </c>
       <c r="E1016" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1016" s="7"/>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017" s="4" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="B1017" s="5" t="s">
         <v>727</v>
       </c>
       <c r="C1017" s="5" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
       <c r="D1017" s="6">
         <v>46206</v>
       </c>
       <c r="E1017" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1017" s="7"/>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018" s="4" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="B1018" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C1018" s="5" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
       <c r="D1018" s="6">
         <v>46019</v>
       </c>
       <c r="E1018" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1018" s="7"/>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019" s="4" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
       <c r="B1019" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C1019" s="5" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="D1019" s="6">
         <v>46147</v>
       </c>
       <c r="E1019" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1019" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020" s="4" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="B1020" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C1020" s="5" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="D1020" s="6">
         <v>46149</v>
       </c>
       <c r="E1020" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1020" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021" s="4" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="B1021" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C1021" s="5" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="D1021" s="6">
         <v>46156</v>
       </c>
       <c r="E1021" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1021" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022" s="4" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="B1022" s="5" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="C1022" s="5" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="D1022" s="6">
         <v>46157</v>
       </c>
       <c r="E1022" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1022" s="7"/>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023" s="4" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
       <c r="B1023" s="5" t="s">
         <v>2484</v>
       </c>
       <c r="C1023" s="5" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="D1023" s="6">
         <v>46150</v>
       </c>
       <c r="E1023" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1023" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024" s="4" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="B1024" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C1024" s="5" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="D1024" s="6">
         <v>46159</v>
       </c>
       <c r="E1024" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1024" s="7"/>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025" s="4" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="B1025" s="5" t="s">
         <v>487</v>
       </c>
       <c r="C1025" s="5" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="D1025" s="6">
         <v>46097</v>
       </c>
       <c r="E1025" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1025" s="7"/>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026" s="4" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="B1026" s="5" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="C1026" s="5" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="D1026" s="6">
         <v>46164</v>
       </c>
       <c r="E1026" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1026" s="7"/>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027" s="4" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="B1027" s="5" t="s">
         <v>1928</v>
       </c>
       <c r="C1027" s="5" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
       <c r="D1027" s="6">
         <v>46166</v>
       </c>
       <c r="E1027" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1027" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028" s="4" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B1028" s="5" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="C1028" s="5" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="D1028" s="6">
         <v>46166</v>
       </c>
       <c r="E1028" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1028" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029" s="4" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="B1029" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1029" s="5" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="D1029" s="6">
         <v>46171</v>
       </c>
       <c r="E1029" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1029" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030" s="4" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
       <c r="B1030" s="5" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="C1030" s="5" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="D1030" s="6">
         <v>46173</v>
       </c>
       <c r="E1030" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1030" s="7"/>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031" s="4" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="B1031" s="5" t="s">
         <v>522</v>
       </c>
       <c r="C1031" s="5" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="D1031" s="6">
         <v>46173</v>
       </c>
       <c r="E1031" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1031" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032" s="4" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="B1032" s="5" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="C1032" s="5" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="D1032" s="6">
         <v>46175</v>
       </c>
       <c r="E1032" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1032" s="7"/>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033" s="4" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="B1033" s="5"/>
       <c r="C1033" s="5"/>
       <c r="D1033" s="6"/>
       <c r="E1033" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1033" s="7"/>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034" s="4" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="B1034" s="5" t="s">
         <v>1411</v>
       </c>
       <c r="C1034" s="5" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="D1034" s="6">
         <v>46170</v>
       </c>
       <c r="E1034" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1034" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035" s="4" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="B1035" s="5" t="s">
         <v>484</v>
       </c>
       <c r="C1035" s="5" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
       <c r="D1035" s="6">
         <v>46178</v>
       </c>
       <c r="E1035" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1035" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036" s="4" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="B1036" s="5" t="s">
         <v>247</v>
       </c>
       <c r="C1036" s="5" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="D1036" s="6">
         <v>46179</v>
       </c>
       <c r="E1036" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1036" s="7"/>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037" s="4" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="B1037" s="5" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="C1037" s="5" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="D1037" s="6">
         <v>46145</v>
       </c>
       <c r="E1037" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1037" s="7"/>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038" s="4" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="B1038" s="5" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="C1038" s="5" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="D1038" s="6">
         <v>46181</v>
       </c>
       <c r="E1038" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1038" s="7"/>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039" s="4" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="B1039" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C1039" s="5" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="D1039" s="6">
         <v>46181</v>
       </c>
       <c r="E1039" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1039" s="7"/>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040" s="4" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="B1040" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C1040" s="5" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="D1040" s="6">
         <v>46036</v>
       </c>
       <c r="E1040" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1040" s="7"/>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041" s="4" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="B1041" s="5" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="C1041" s="5" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="D1041" s="6">
         <v>46072</v>
       </c>
       <c r="E1041" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1041" s="7"/>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042" s="4" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="B1042" s="5" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="C1042" s="5" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
       <c r="D1042" s="6">
         <v>46183</v>
       </c>
       <c r="E1042" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1042" s="7"/>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043" s="4" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="B1043" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1043" s="5" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="D1043" s="6">
         <v>46184</v>
       </c>
       <c r="E1043" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1043" s="7"/>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044" s="4" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
       <c r="B1044" s="5" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="C1044" s="5" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="D1044" s="6">
         <v>46184</v>
       </c>
       <c r="E1044" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1044" s="7"/>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045" s="4" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="B1045" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C1045" s="5" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="D1045" s="6">
         <v>46189</v>
       </c>
       <c r="E1045" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1045" s="7"/>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046" s="4" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="B1046" s="5" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="C1046" s="5" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="D1046" s="6">
         <v>46191</v>
       </c>
       <c r="E1046" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1046" s="7"/>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047" s="4" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B1047" s="5" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="C1047" s="5" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="D1047" s="6">
         <v>46192</v>
       </c>
       <c r="E1047" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1047" s="7"/>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048" s="4" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="B1048" s="5" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="C1048" s="5" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="D1048" s="6">
         <v>46194</v>
       </c>
       <c r="E1048" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1048" s="7"/>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049" s="4" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="B1049" s="5" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="C1049" s="5" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="D1049" s="6">
         <v>46250</v>
       </c>
       <c r="E1049" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1049" s="7"/>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050" s="4" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="B1050" s="5" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="C1050" s="5" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="D1050" s="6">
         <v>46194</v>
       </c>
       <c r="E1050" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1050" s="7"/>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051" s="4" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="B1051" s="5" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="C1051" s="5" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="D1051" s="6">
         <v>46036</v>
       </c>
       <c r="E1051" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1051" s="7"/>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052" s="4" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="B1052" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C1052" s="5" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="D1052" s="6">
         <v>46077</v>
       </c>
       <c r="E1052" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1052" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053" s="4" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="B1053" s="5" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="C1053" s="5" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="D1053" s="6">
         <v>46904</v>
       </c>
       <c r="E1053" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1053" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054" s="4" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="B1054" s="5" t="s">
         <v>2403</v>
       </c>
       <c r="C1054" s="5" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="D1054" s="6">
         <v>46198</v>
       </c>
       <c r="E1054" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1054" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055" s="4" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="B1055" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1055" s="5" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="D1055" s="6">
         <v>46201</v>
       </c>
       <c r="E1055" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1055" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056" s="4" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
       <c r="B1056" s="5" t="s">
         <v>1968</v>
       </c>
       <c r="C1056" s="5" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="D1056" s="6">
         <v>46201</v>
       </c>
       <c r="E1056" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1056" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057" s="4" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
       <c r="B1057" s="5" t="s">
         <v>727</v>
       </c>
       <c r="C1057" s="5" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="D1057" s="6">
         <v>46106</v>
       </c>
       <c r="E1057" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1057" s="7"/>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058" s="4" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="B1058" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C1058" s="5" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="D1058" s="6">
         <v>46050</v>
       </c>
       <c r="E1058" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1058" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059" s="4" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="B1059" s="5" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="C1059" s="5" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
       <c r="D1059" s="6">
         <v>46205</v>
       </c>
       <c r="E1059" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1059" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060" s="4" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="B1060" s="5" t="s">
         <v>2403</v>
       </c>
       <c r="C1060" s="5" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
       <c r="D1060" s="6">
         <v>46101</v>
       </c>
       <c r="E1060" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1060" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061" s="4" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
       <c r="B1061" s="5" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="C1061" s="5" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="D1061" s="6">
         <v>46101</v>
       </c>
       <c r="E1061" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1061" s="7"/>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062" s="4" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
       <c r="B1062" s="5" t="s">
         <v>1955</v>
       </c>
       <c r="C1062" s="5" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="D1062" s="6">
         <v>46102</v>
       </c>
       <c r="E1062" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1062" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063" s="4" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
       <c r="B1063" s="5" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="C1063" s="5" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="D1063" s="6">
         <v>46059</v>
       </c>
       <c r="E1063" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1063" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064" s="4" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
       <c r="B1064" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C1064" s="5" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
       <c r="D1064" s="6">
         <v>46210</v>
       </c>
       <c r="E1064" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1064" s="7"/>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065" s="4" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
       <c r="B1065" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C1065" s="5" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
       <c r="D1065" s="6">
         <v>46213</v>
       </c>
       <c r="E1065" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1065" s="7"/>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066" s="4" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="B1066" s="5" t="s">
         <v>212</v>
       </c>
       <c r="C1066" s="5" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="D1066" s="6">
         <v>46213</v>
       </c>
       <c r="E1066" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1066" s="7"/>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067" s="4" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="B1067" s="5" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="C1067" s="5" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
       <c r="D1067" s="6">
         <v>46213</v>
       </c>
       <c r="E1067" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1067" s="7"/>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068" s="4" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
       <c r="B1068" s="5" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="C1068" s="5" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="D1068" s="6">
         <v>46213</v>
       </c>
       <c r="E1068" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1068" s="7"/>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069" s="4" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="B1069" s="5" t="s">
         <v>2210</v>
       </c>
       <c r="C1069" s="5" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
       <c r="D1069" s="6">
         <v>46213</v>
       </c>
       <c r="E1069" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1069" s="7"/>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070" s="4" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="B1070" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C1070" s="5" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
       <c r="D1070" s="6">
         <v>46213</v>
       </c>
       <c r="E1070" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1070" s="7"/>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071" s="4" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="B1071" s="5" t="s">
         <v>145</v>
       </c>
       <c r="C1071" s="5" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
       <c r="D1071" s="6">
         <v>46213</v>
       </c>
       <c r="E1071" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1071" s="7"/>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072" s="4" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
       <c r="B1072" s="5" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="C1072" s="5" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="D1072" s="6">
         <v>46213</v>
       </c>
       <c r="E1072" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1072" s="7"/>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073" s="4" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="B1073" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C1073" s="5" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="D1073" s="6">
         <v>46213</v>
       </c>
       <c r="E1073" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1073" s="7"/>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074" s="4" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="B1074" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C1074" s="5" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="D1074" s="6">
         <v>46213</v>
       </c>
       <c r="E1074" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1074" s="7"/>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075" s="4" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="B1075" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C1075" s="5" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="D1075" s="6">
         <v>46213</v>
       </c>
       <c r="E1075" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1075" s="7"/>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076" s="4" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
       <c r="B1076" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C1076" s="5" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="D1076" s="6">
         <v>46213</v>
       </c>
       <c r="E1076" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1076" s="7"/>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077" s="4" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="B1077" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C1077" s="5" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="D1077" s="6">
         <v>46213</v>
       </c>
       <c r="E1077" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1077" s="7"/>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078" s="4" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="B1078" s="5" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="C1078" s="5" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="D1078" s="6">
         <v>46213</v>
       </c>
       <c r="E1078" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1078" s="7"/>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079" s="4" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B1079" s="5" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="C1079" s="5" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="D1079" s="6">
         <v>46213</v>
       </c>
       <c r="E1079" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1079" s="7"/>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080" s="4" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="B1080" s="5" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="C1080" s="5" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
       <c r="D1080" s="6">
         <v>46213</v>
       </c>
       <c r="E1080" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1080" s="7"/>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081" s="4" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1081" s="5" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="C1081" s="5" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="D1081" s="6">
         <v>46213</v>
       </c>
       <c r="E1081" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1081" s="7"/>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082" s="4" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="B1082" s="5" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="C1082" s="5" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="D1082" s="6">
         <v>46217</v>
       </c>
       <c r="E1082" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1082" s="7"/>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083" s="4" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B1083" s="5" t="s">
         <v>197</v>
       </c>
       <c r="C1083" s="5" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="D1083" s="6">
         <v>46217</v>
       </c>
       <c r="E1083" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1083" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084" s="4" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1084" s="5" t="s">
         <v>938</v>
       </c>
       <c r="C1084" s="5" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="D1084" s="6">
         <v>46220</v>
       </c>
       <c r="E1084" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1084" s="7"/>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085" s="4" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="B1085" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1085" s="5" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
       <c r="D1085" s="6">
         <v>46220</v>
       </c>
       <c r="E1085" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1085" s="7"/>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086" s="4" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1086" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C1086" s="5" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="D1086" s="6">
         <v>46220</v>
       </c>
       <c r="E1086" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1086" s="7"/>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087" s="4" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="B1087" s="5" t="s">
         <v>2487</v>
       </c>
       <c r="C1087" s="5" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="D1087" s="6">
         <v>46220</v>
       </c>
       <c r="E1087" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1087" s="7"/>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088" s="4" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1088" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C1088" s="5" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="D1088" s="6">
         <v>46220</v>
       </c>
       <c r="E1088" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1088" s="7"/>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089" s="4" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B1089" s="5" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="C1089" s="5" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="D1089" s="6">
         <v>46220</v>
       </c>
       <c r="E1089" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1089" s="7"/>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090" s="4" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="B1090" s="5" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="C1090" s="5" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="D1090" s="6">
         <v>46220</v>
       </c>
       <c r="E1090" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1090" s="7"/>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091" s="4" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="B1091" s="5" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="C1091" s="5" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="D1091" s="6">
         <v>46228</v>
       </c>
       <c r="E1091" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1091" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092" s="4" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B1092" s="5" t="s">
         <v>240</v>
       </c>
       <c r="C1092" s="5" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="D1092" s="6">
         <v>46248</v>
       </c>
       <c r="E1092" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1092" s="7"/>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093" s="4" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="B1093" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1093" s="5" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="D1093" s="6">
         <v>46107</v>
       </c>
       <c r="E1093" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1093" s="7"/>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094" s="4" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B1094" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C1094" s="5" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="D1094" s="6">
         <v>46229</v>
       </c>
       <c r="E1094" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1094" s="7"/>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095" s="4" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="B1095" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C1095" s="5" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="D1095" s="6">
         <v>46231</v>
       </c>
       <c r="E1095" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1095" s="7"/>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096" s="4" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1096" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C1096" s="5" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="D1096" s="6">
         <v>46231</v>
       </c>
       <c r="E1096" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1096" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097" s="4" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B1097" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1097" s="5" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="D1097" s="6">
         <v>46232</v>
       </c>
       <c r="E1097" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1097" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098" s="4" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="B1098" s="5" t="s">
         <v>1509</v>
       </c>
       <c r="C1098" s="5" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="D1098" s="6">
         <v>46232</v>
       </c>
       <c r="E1098" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1098" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099" s="4" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="B1099" s="5" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="C1099" s="5" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="D1099" s="6">
         <v>46233</v>
       </c>
       <c r="E1099" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1099" s="7"/>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100" s="4" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="B1100" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1100" s="5" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="D1100" s="6">
         <v>46235</v>
       </c>
       <c r="E1100" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1100" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101" s="4" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="B1101" s="5" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="C1101" s="5" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="D1101" s="6">
         <v>46235</v>
       </c>
       <c r="E1101" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1101" s="7"/>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102" s="4" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="B1102" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1102" s="5" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="D1102" s="6">
         <v>46235</v>
       </c>
       <c r="E1102" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1102" s="7"/>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103" s="4" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="B1103" s="5" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="C1103" s="5" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="D1103" s="6">
         <v>46077</v>
       </c>
       <c r="E1103" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1103" s="7"/>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104" s="4" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="B1104" s="5" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="C1104" s="5" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="D1104" s="6">
         <v>46238</v>
       </c>
       <c r="E1104" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1104" s="7"/>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105" s="4" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="B1105" s="5" t="s">
         <v>660</v>
       </c>
       <c r="C1105" s="5" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="D1105" s="6">
         <v>46238</v>
       </c>
       <c r="E1105" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1105" s="7"/>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106" s="4" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="B1106" s="5" t="s">
         <v>660</v>
       </c>
       <c r="C1106" s="5" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
       <c r="D1106" s="6">
         <v>46255</v>
       </c>
       <c r="E1106" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1106" s="7"/>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107" s="4" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B1107" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C1107" s="5" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="D1107" s="6">
         <v>46240</v>
       </c>
       <c r="E1107" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1107" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108" s="4" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="B1108" s="5" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="C1108" s="5" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="D1108" s="6">
         <v>46036</v>
       </c>
       <c r="E1108" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1108" s="7"/>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109" s="4" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="B1109" s="5" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="C1109" s="5" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="D1109" s="6">
         <v>46214</v>
       </c>
       <c r="E1109" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1109" s="7"/>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110" s="4" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="B1110" s="5" t="s">
         <v>212</v>
       </c>
       <c r="C1110" s="5" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="D1110" s="6">
         <v>46092</v>
       </c>
       <c r="E1110" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1110" s="7"/>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111" s="4" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="B1111" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C1111" s="5" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="D1111" s="6">
         <v>46242</v>
       </c>
       <c r="E1111" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1111" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112" s="4" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B1112" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1112" s="5" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="D1112" s="6">
         <v>46242</v>
       </c>
       <c r="E1112" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1112" s="7"/>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113" s="4" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="B1113" s="5" t="s">
         <v>1968</v>
       </c>
       <c r="C1113" s="5" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
       <c r="D1113" s="6">
         <v>46247</v>
       </c>
       <c r="E1113" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1113" s="7"/>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114" s="4" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="B1114" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C1114" s="5" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
       <c r="D1114" s="6">
         <v>46247</v>
       </c>
       <c r="E1114" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1114" s="7"/>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115" s="4" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="B1115" s="5" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
       <c r="C1115" s="5" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="D1115" s="6">
         <v>46248</v>
       </c>
       <c r="E1115" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1115" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116" s="4" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="B1116" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C1116" s="5" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="D1116" s="6">
         <v>46250</v>
       </c>
       <c r="E1116" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1116" s="7"/>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117" s="4" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
       <c r="B1117" s="5" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="C1117" s="5" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
       <c r="D1117" s="6">
         <v>46250</v>
       </c>
       <c r="E1117" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1117" s="7"/>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118" s="4" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="B1118" s="5" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="C1118" s="5" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="D1118" s="6">
         <v>46213</v>
       </c>
       <c r="E1118" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1118" s="7"/>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119" s="4" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
       <c r="B1119" s="5" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="C1119" s="5" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
       <c r="D1119" s="6">
         <v>46255</v>
       </c>
       <c r="E1119" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1119" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120" s="4" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="B1120" s="5" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
       <c r="C1120" s="5" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="D1120" s="6">
         <v>46250</v>
       </c>
       <c r="E1120" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1120" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121" s="4" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
       <c r="B1121" s="5" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="C1121" s="5" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
       <c r="D1121" s="6">
         <v>46250</v>
       </c>
       <c r="E1121" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1121" s="7"/>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122" s="4" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="B1122" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C1122" s="5" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="D1122" s="6">
         <v>46213</v>
       </c>
       <c r="E1122" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1122" s="7"/>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123" s="4" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="B1123" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C1123" s="5" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
       <c r="D1123" s="6">
         <v>46250</v>
       </c>
       <c r="E1123" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1123" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124" s="4" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="B1124" s="5" t="s">
         <v>418</v>
       </c>
       <c r="C1124" s="5" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="D1124" s="6">
         <v>46038</v>
       </c>
       <c r="E1124" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1124" s="7"/>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125" s="4" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B1125" s="5" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="C1125" s="5" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="D1125" s="6">
         <v>46250</v>
       </c>
       <c r="E1125" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1125" s="7"/>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126" s="4" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="B1126" s="5" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="C1126" s="5" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="D1126" s="6">
         <v>46250</v>
       </c>
       <c r="E1126" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1126" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127" s="4" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B1127" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C1127" s="5" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="D1127" s="6">
         <v>46051</v>
       </c>
       <c r="E1127" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1127" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128" s="4" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B1128" s="5" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="C1128" s="5" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="D1128" s="6">
         <v>46072</v>
       </c>
       <c r="E1128" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1128" s="7"/>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129" s="4" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="B1129" s="5" t="s">
         <v>177</v>
       </c>
       <c r="C1129" s="5" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="D1129" s="6">
         <v>46251</v>
       </c>
       <c r="E1129" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1129" s="7"/>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130" s="4" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="B1130" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1130" s="5" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="D1130" s="6">
         <v>46252</v>
       </c>
       <c r="E1130" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1130" s="7"/>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131" s="4" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="B1131" s="5" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="C1131" s="5" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="D1131" s="6">
         <v>46251</v>
       </c>
       <c r="E1131" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1131" s="7"/>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132" s="4" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="B1132" s="5" t="s">
         <v>727</v>
       </c>
       <c r="C1132" s="5" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="D1132" s="6">
         <v>46251</v>
       </c>
       <c r="E1132" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1132" s="7"/>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133" s="4" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="B1133" s="5" t="s">
         <v>223</v>
       </c>
       <c r="C1133" s="5" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="D1133" s="6">
         <v>46070</v>
       </c>
       <c r="E1133" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1133" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134" s="4" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B1134" s="5" t="s">
         <v>1062</v>
       </c>
       <c r="C1134" s="5" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="D1134" s="6">
         <v>46254</v>
       </c>
       <c r="E1134" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1134" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135" s="4" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="B1135" s="5" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="C1135" s="5" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="D1135" s="6">
         <v>46087</v>
       </c>
       <c r="E1135" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1135" s="7"/>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136" s="4" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="B1136" s="5" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="C1136" s="5" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
       <c r="D1136" s="6">
         <v>46255</v>
       </c>
       <c r="E1136" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1136" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137" s="4" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="B1137" s="5" t="s">
         <v>1812</v>
       </c>
       <c r="C1137" s="5" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="D1137" s="6">
         <v>46256</v>
       </c>
       <c r="E1137" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1137" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138" s="4" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="B1138" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1138" s="5" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
       <c r="D1138" s="6">
         <v>46257</v>
       </c>
       <c r="E1138" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1138" s="7"/>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139" s="4" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1139" s="5" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="C1139" s="5" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="D1139" s="6">
         <v>46250</v>
       </c>
       <c r="E1139" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1139" s="7"/>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140" s="4" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="B1140" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C1140" s="5" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="D1140" s="6">
         <v>46258</v>
       </c>
       <c r="E1140" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1140" s="7"/>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141" s="4" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
       <c r="B1141" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C1141" s="5" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="D1141" s="6">
         <v>46260</v>
       </c>
       <c r="E1141" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1141" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142" s="4" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="B1142" s="5" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="C1142" s="5" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="D1142" s="6">
         <v>46036</v>
       </c>
       <c r="E1142" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1142" s="7"/>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143" s="4" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B1143" s="5" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="C1143" s="5" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="D1143" s="6">
         <v>46145</v>
       </c>
       <c r="E1143" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1143" s="7"/>
     </row>
     <row r="1144" spans="1:6">
       <c r="A1144" s="4" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="B1144" s="5" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="C1144" s="5" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
       <c r="D1144" s="6">
         <v>46145</v>
       </c>
       <c r="E1144" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1144" s="7"/>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145" s="4" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="B1145" s="5" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
       <c r="C1145" s="5" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="D1145" s="6">
         <v>46147</v>
       </c>
       <c r="E1145" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1145" s="7"/>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146" s="4" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="B1146" s="5" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="C1146" s="5" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="D1146" s="6">
         <v>46116</v>
       </c>
       <c r="E1146" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1146" s="7"/>
     </row>
     <row r="1147" spans="1:6">
       <c r="A1147" s="4" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="B1147" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C1147" s="5" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="D1147" s="6">
         <v>46135</v>
       </c>
       <c r="E1147" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1147" s="7"/>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148" s="4" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1148" s="5" t="s">
         <v>663</v>
       </c>
       <c r="C1148" s="5" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="D1148" s="6">
         <v>46244</v>
       </c>
       <c r="E1148" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1148" s="7"/>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149" s="4" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="B1149" s="5" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="C1149" s="5" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="D1149" s="6">
         <v>46072</v>
       </c>
       <c r="E1149" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1149" s="7"/>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150" s="4" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
       <c r="B1150" s="5" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="C1150" s="5" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="D1150" s="6">
         <v>46072</v>
       </c>
       <c r="E1150" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1150" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151" s="4" t="s">
-        <v>3008</v>
-[...4 lines deleted...]
-      <c r="C1151" s="5" t="s">
         <v>3009</v>
       </c>
-      <c r="D1151" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B1151" s="5"/>
+      <c r="C1151" s="5"/>
+      <c r="D1151" s="6"/>
       <c r="E1151" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1151" s="7"/>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152" s="4" t="s">
         <v>3010</v>
       </c>
       <c r="B1152" s="5" t="s">
         <v>487</v>
       </c>
       <c r="C1152" s="5" t="s">
         <v>3011</v>
       </c>
       <c r="D1152" s="6">
         <v>46099</v>
       </c>
       <c r="E1152" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1152" s="7" t="s">
         <v>9</v>
       </c>
     </row>