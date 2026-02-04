--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Referencias DECV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3317">
   <si>
     <t>DIPLOMA ERMITAS COMUNIDAD VALENCIANA - DECV</t>
   </si>
   <si>
     <t>NOMENCLATOR</t>
   </si>
   <si>
     <t>1.266 REFERENCIAS</t>
   </si>
   <si>
-    <t>06-12-2025 03:19</t>
+    <t>04-02-2026 06:41</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>NOMBRE ERMITA</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>ACTIVADA</t>
   </si>
   <si>
     <t>EA-001</t>
   </si>
   <si>
     <t>SANTA MAGDALENA</t>
   </si>
@@ -9083,51 +9083,51 @@
   <si>
     <t>EV-368</t>
   </si>
   <si>
     <t>INMACULADA  CONCEPCIÃN ( NO ACTIVAR,RUINAS)</t>
   </si>
   <si>
     <t>MOIXENT  ( 38.836331  -0.803679 )</t>
   </si>
   <si>
     <t>EV-369</t>
   </si>
   <si>
     <t>SANTISIMO CRISTO DE LA FE</t>
   </si>
   <si>
     <t>LLANERA DE RANES  ( 38.993272  -0.575265 )</t>
   </si>
   <si>
     <t>EV-370</t>
   </si>
   <si>
     <t>SANTO CRISTO DE LA FE</t>
   </si>
   <si>
-    <t>TORRELLA  ( 38.989261  -0.573907 )</t>
+    <t>TORRELLA  ( 38.989281  -0.573907 )</t>
   </si>
   <si>
     <t>EV-371</t>
   </si>
   <si>
     <t>LLANERA DE RANES ( 39.002655  -0.572919 )</t>
   </si>
   <si>
     <t>EV-372</t>
   </si>
   <si>
     <t>UTIEL (ESTENAS) ( 39.599923  -1.110812 )</t>
   </si>
   <si>
     <t>EV-373</t>
   </si>
   <si>
     <t>ALCUBLAS  ( 39.802556  -0.700809 )</t>
   </si>
   <si>
     <t>EV-374</t>
   </si>
   <si>
     <t>EL CRISTO</t>
   </si>
@@ -26169,51 +26169,53 @@
       </c>
       <c r="D830" s="6">
         <v>46050</v>
       </c>
       <c r="E830" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F830" s="7"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="4" t="s">
         <v>2230</v>
       </c>
       <c r="B831" s="5" t="s">
         <v>1422</v>
       </c>
       <c r="C831" s="5" t="s">
         <v>2231</v>
       </c>
       <c r="D831" s="6">
         <v>46079</v>
       </c>
       <c r="E831" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="F831" s="7"/>
+      <c r="F831" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="4" t="s">
         <v>2232</v>
       </c>
       <c r="B832" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C832" s="5" t="s">
         <v>2233</v>
       </c>
       <c r="D832" s="6">
         <v>46083</v>
       </c>
       <c r="E832" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F832" s="7"/>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="4" t="s">
         <v>2234</v>
       </c>
       <c r="B833" s="5" t="s">
         <v>2235</v>
@@ -26467,51 +26469,53 @@
       </c>
       <c r="D846" s="6">
         <v>46017</v>
       </c>
       <c r="E846" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F846" s="7"/>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="4" t="s">
         <v>2267</v>
       </c>
       <c r="B847" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C847" s="5" t="s">
         <v>2268</v>
       </c>
       <c r="D847" s="6">
         <v>46234</v>
       </c>
       <c r="E847" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="F847" s="7"/>
+      <c r="F847" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="4" t="s">
         <v>2269</v>
       </c>
       <c r="B848" s="5" t="s">
         <v>2270</v>
       </c>
       <c r="C848" s="5" t="s">
         <v>2271</v>
       </c>
       <c r="D848" s="6">
         <v>46241</v>
       </c>
       <c r="E848" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F848" s="7"/>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="4" t="s">
         <v>2272</v>
       </c>
       <c r="B849" s="5" t="s">
         <v>2152</v>
@@ -31415,51 +31419,53 @@
       </c>
       <c r="D1112" s="6">
         <v>46242</v>
       </c>
       <c r="E1112" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1112" s="7"/>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113" s="4" t="s">
         <v>2913</v>
       </c>
       <c r="B1113" s="5" t="s">
         <v>1968</v>
       </c>
       <c r="C1113" s="5" t="s">
         <v>2914</v>
       </c>
       <c r="D1113" s="6">
         <v>46247</v>
       </c>
       <c r="E1113" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="F1113" s="7"/>
+      <c r="F1113" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114" s="4" t="s">
         <v>2915</v>
       </c>
       <c r="B1114" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C1114" s="5" t="s">
         <v>2916</v>
       </c>
       <c r="D1114" s="6">
         <v>46247</v>
       </c>
       <c r="E1114" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1114" s="7"/>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115" s="4" t="s">
         <v>2917</v>
       </c>
       <c r="B1115" s="5" t="s">
         <v>2918</v>
@@ -32619,51 +32625,53 @@
       </c>
       <c r="D1177" s="6">
         <v>46202</v>
       </c>
       <c r="E1177" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1177" s="7"/>
     </row>
     <row r="1178" spans="1:6">
       <c r="A1178" s="4" t="s">
         <v>3078</v>
       </c>
       <c r="B1178" s="5" t="s">
         <v>240</v>
       </c>
       <c r="C1178" s="5" t="s">
         <v>3079</v>
       </c>
       <c r="D1178" s="6">
         <v>46262</v>
       </c>
       <c r="E1178" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="F1178" s="7"/>
+      <c r="F1178" s="7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1179" spans="1:6">
       <c r="A1179" s="4" t="s">
         <v>3080</v>
       </c>
       <c r="B1179" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C1179" s="5" t="s">
         <v>3081</v>
       </c>
       <c r="D1179" s="6">
         <v>46262</v>
       </c>
       <c r="E1179" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="F1179" s="7"/>
     </row>
     <row r="1180" spans="1:6">
       <c r="A1180" s="4" t="s">
         <v>3082</v>
       </c>
       <c r="B1180" s="5" t="s">
         <v>3083</v>